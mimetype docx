--- v0 (2025-12-16)
+++ v1 (2026-03-06)
@@ -1,4130 +1,2699 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="2DA907CC" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="00C57F2F">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Appendix Form No. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>] Letter of Objection &lt;Amended December 30, 2021; December 18, 2025&gt;</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:tblpX="133" w:tblpY="2687"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="9027" w:type="dxa"/>
+        <w:tblInd w:w="28" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="3" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="3" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="3" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="3" w:space="0" w:color="000000"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="28" w:type="dxa"/>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:bottom w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2007"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2891"/>
+        <w:gridCol w:w="2086"/>
+        <w:gridCol w:w="2257"/>
+        <w:gridCol w:w="2257"/>
+        <w:gridCol w:w="2427"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD10A2" w:rsidTr="00BC2E10">
+      <w:tr w:rsidR="00C57F2F" w14:paraId="68DC7303" w14:textId="77777777" w:rsidTr="007F60D2">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="578"/>
+          <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="489CF4B3" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>성명</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>(Name)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48645DD4" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="휴먼명조" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D706FF2" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>호실</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>번호</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>(Room No.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2427" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D838043" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="휴먼명조" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C57F2F" w14:paraId="15F31270" w14:textId="77777777" w:rsidTr="007F60D2">
+        <w:trPr>
+          <w:trHeight w:val="437"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C3530D9" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>전공</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>(Department)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D6D6D6"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="0032164F" w:rsidP="005A76FB">
+          <w:p w14:paraId="4F9FF136" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="375" w:lineRule="exact"/>
-              <w:ind w:left="732" w:right="-239"/>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="휴먼명조" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="12"/>
-[...14 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2890" w:type="dxa"/>
+            <w:tcW w:w="2257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="0022760A" w:rsidP="005A76FB">
+          <w:p w14:paraId="45F59289" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:line="375" w:lineRule="exact"/>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>학번</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>(Student ID)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2004" w:type="dxa"/>
+            <w:tcW w:w="2427" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79037D83" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="휴먼명조" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C57F2F" w14:paraId="4359EB58" w14:textId="77777777" w:rsidTr="007F60D2">
+        <w:trPr>
+          <w:trHeight w:val="4286"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="9" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D6D6D6"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="0032164F" w:rsidP="005A76FB">
+          <w:p w14:paraId="2917124E" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="375" w:lineRule="exact"/>
-              <w:ind w:left="562" w:right="-239"/>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:noProof/>
-[...5 lines deleted...]
-              <w:t>Bldg.</w:t>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>이의</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:noProof/>
-[...4 lines deleted...]
-              <w:t> </w:t>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:noProof/>
-[...5 lines deleted...]
-              <w:t>No.</w:t>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>내용</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7525F5FA" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>(Objection statement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2891" w:type="dxa"/>
+            <w:tcW w:w="6940" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="9" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="0032164F" w:rsidP="005A76FB">
+          <w:p w14:paraId="4C5A6823" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="387" w:lineRule="exact"/>
-[...150 lines deleted...]
-              <w:spacing w:line="389" w:lineRule="exact"/>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD10A2" w:rsidTr="00CB73A4">
+    </w:tbl>
+    <w:p w14:paraId="6BA666A2" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="00C57F2F">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="9027" w:type="dxa"/>
+        <w:tblInd w:w="28" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="3" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="3" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="3" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="3" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="28" w:type="dxa"/>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:bottom w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9027"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C57F2F" w14:paraId="7654ABA5" w14:textId="77777777" w:rsidTr="007F60D2">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="6740"/>
+          <w:trHeight w:val="370"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="9027" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="11" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="11" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D6D6D6"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="0022760A" w:rsidP="005A76FB">
+          <w:p w14:paraId="69BC429F" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRPr="00FC4CD9" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="3120" w:lineRule="exact"/>
-              <w:ind w:left="677" w:right="-239"/>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:noProof/>
-[...5 lines deleted...]
-              <w:t>Details</w:t>
+              </w:rPr>
+              <w:t>유의</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>사항</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>(Notice)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C57F2F" w14:paraId="56CBBC8E" w14:textId="77777777" w:rsidTr="007F60D2">
+        <w:trPr>
+          <w:trHeight w:val="1860"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7785" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9027" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="11" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="0032164F" w:rsidP="005A76FB">
+          <w:p w14:paraId="2949C9A3" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRPr="00FC4CD9" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="281" w:lineRule="exact"/>
-              <w:ind w:left="29" w:right="-239"/>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Statement:</w:t>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>이의신청서는</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>벌점</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>부과를</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>통보받은</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>날로부터</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>일</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>이내에</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>제출하여야</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>하며</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>재심의를</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>위하여</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>명확한</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>증거</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>사진</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>등</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>를</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>함께</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>제출하여야</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>합니다</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>이의</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>사유</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>또는</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>증거가</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>합당하지</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>않을</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>시</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>이의신청은</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>기각될</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>수</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>있습니다</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="0022760A" w:rsidP="005A76FB">
+          <w:p w14:paraId="0EC92CE3" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRPr="00FC4CD9" w:rsidRDefault="00C57F2F" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="4560" w:lineRule="exact"/>
-              <w:ind w:left="29" w:right="-239"/>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...553 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The letter of objection must be submitted within seven (7) days </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
-            <w:r>
-[...629 lines deleted...]
-              <w:t>rejected.</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the date of notification of the penalty points. Clear and supporting evidence (such as photographs) must also be provided for reconsideration. If the grounds for objection or the submitted evidence are deemed insufficient, the objection may be dismissed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005A76FB" w:rsidRDefault="0022760A" w:rsidP="005A76FB">
+    <w:p w14:paraId="610D8759" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="00C57F2F">
       <w:pPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="exact"/>
-        <w:ind w:left="102"/>
+        <w:pStyle w:val="aa"/>
+        <w:wordWrap/>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="휴먼명조" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F0E5385" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="00C57F2F">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:wordWrap/>
+        <w:spacing w:after="200" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...8 lines deleted...]
-        </w:pict>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...9 lines deleted...]
-        </w:pict>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0032164F">
-[...4 lines deleted...]
-          <w:spacing w:val="-4"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>*NOTE</w:t>
+        <w:t xml:space="preserve">  .</w:t>
       </w:r>
-      <w:r w:rsidR="0032164F">
-[...4 lines deleted...]
-          <w:spacing w:val="14"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="0032164F">
-[...4 lines deleted...]
-          <w:spacing w:val="-2"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t xml:space="preserve">  .</w:t>
       </w:r>
-      <w:r w:rsidR="0032164F">
-[...4 lines deleted...]
-          <w:spacing w:val="16"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="0032164F">
-[...4 lines deleted...]
-          <w:spacing w:val="-3"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>This</w:t>
+        <w:t xml:space="preserve">  .</w:t>
       </w:r>
-      <w:r w:rsidR="0032164F">
-[...4 lines deleted...]
-          <w:spacing w:val="15"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
-[...289 lines deleted...]
-        <w:t>most</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A76FB" w:rsidRDefault="0032164F" w:rsidP="005A76FB">
+    <w:p w14:paraId="43A70EA0" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="00C57F2F">
       <w:pPr>
-        <w:spacing w:after="0" w:line="442" w:lineRule="exact"/>
-        <w:ind w:left="102"/>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1000"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:spacing w:val="-3"/>
+          <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>recent</w:t>
+        <w:t>지도교수</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-          <w:spacing w:val="3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve">(Advisor Professor) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:spacing w:val="-3"/>
+          <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Korean</w:t>
+        <w:t>소속</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-          <w:spacing w:val="3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve">(Affiliation) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AE8ECE2" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="00C57F2F">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:wordWrap/>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4000"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>성명</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:spacing w:val="-3"/>
+          <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...859 lines deleted...]
-          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(Name)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-          <w:w w:val="200"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve">                    (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D4955C" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRPr="00B55CE1" w:rsidRDefault="00C57F2F" w:rsidP="00C57F2F">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:wordWrap/>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2000"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>신청자</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
-[...3 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Applicant) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-        <w:t> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>성명</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-        <w:t>(signature)</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Name)  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  (signature)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A76FB" w:rsidRDefault="0022760A" w:rsidP="005A76FB">
+    <w:p w14:paraId="42550D7E" w14:textId="521FBF2F" w:rsidR="00FE587B" w:rsidRPr="00C57F2F" w:rsidRDefault="00C57F2F" w:rsidP="00C57F2F">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
-[...12 lines deleted...]
-        <w:ind w:left="102"/>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:line="336" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
-[...2 lines deleted...]
-          <w:w w:val="95"/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:t>To</w:t>
-[...137 lines deleted...]
-        <w:t>Residence</w:t>
+        <w:t>To the Director of Student Residence</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="005A76FB" w:rsidSect="005A76FB">
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="00FE587B" w:rsidRPr="00C57F2F" w:rsidSect="00C57F2F">
+      <w:footerReference w:type="default" r:id="rId4"/>
+      <w:endnotePr>
+        <w:numFmt w:val="decimal"/>
+      </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="558" w:right="618" w:bottom="318" w:left="978" w:header="0" w:footer="0" w:gutter="0"/>
-[...3 lines deleted...]
-      <w:docGrid w:type="lines" w:linePitch="312"/>
+      <w:pgMar w:top="1700" w:right="1417" w:bottom="1700" w:left="1417" w:header="850" w:footer="850" w:gutter="0"/>
+      <w:cols w:space="0"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="함초롬바탕">
+    <w:panose1 w:val="020B0804000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="F7002EFF" w:usb1="19DFFFFF" w:usb2="001BFDD7" w:usb3="00000000" w:csb0="001F01FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="돋움">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0600000101010101"/>
+  <w:font w:name="함초롬돋움">
+    <w:panose1 w:val="020B0604000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+    <w:sig w:usb0="F7002EFF" w:usb1="19DFFFFF" w:usb2="001BFDD7" w:usb3="00000000" w:csb0="001F007F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="휴먼명조">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02010504000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="800002A7" w:usb1="19D77CFB" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</w:footnotes>
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1EBADD35" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F">
+    <w:pPr>
+      <w:pStyle w:val="ab"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="01C4EBA3" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F"/>
+  <w:p w14:paraId="7A907439" w14:textId="77777777" w:rsidR="00C57F2F" w:rsidRDefault="00C57F2F">
+    <w:pPr>
+      <w:pStyle w:val="ab"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="420"/>
-  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:defaultTabStop w:val="800"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
-  <w:characterSpacingControl w:val="compressPunctuation"/>
-[...6 lines deleted...]
-  </w:footnotePr>
+  <w:noPunctuationKerning/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:endnotePr>
-    <w:endnote w:id="-1"/>
-    <w:endnote w:id="0"/>
+    <w:numFmt w:val="decimal"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00325E2F"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00BE1861"/>
+    <w:rsidRoot w:val="000E763A"/>
+    <w:rsid w:val="000E763A"/>
+    <w:rsid w:val="0021636F"/>
+    <w:rsid w:val="00424510"/>
+    <w:rsid w:val="00C57F2F"/>
+    <w:rsid w:val="00FE587B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="69D21733"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{C7F06971-AEE3-42D1-A93F-B50E9D3C6A49}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="21"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ko-KR" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0023102B"/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:wordWrap w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="100" w:left="100"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="200" w:left="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="300" w:left="300"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="400" w:left="400"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="500" w:left="500"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1Char">
+    <w:name w:val="제목 1 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2Char">
+    <w:name w:val="제목 2 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...2 lines deleted...]
-      <w:u w:val="single"/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="3Char">
+    <w:name w:val="제목 3 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="4Char">
+    <w:name w:val="제목 4 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="5Char">
+    <w:name w:val="제목 5 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="6Char">
+    <w:name w:val="제목 6 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="7Char">
+    <w:name w:val="제목 7 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="8Char">
+    <w:name w:val="제목 8 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="9Char">
+    <w:name w:val="제목 9 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="Char"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
+    <w:name w:val="제목 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="header"/>
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="Char"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BE1861"/>
+    <w:next w:val="a"/>
+    <w:link w:val="Char0"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:snapToGrid w:val="0"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
     </w:pPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="머리글 Char"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
+    <w:name w:val="부제 Char"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BE1861"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="footer"/>
+    <w:name w:val="Quote"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="Char0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BE1861"/>
+    <w:next w:val="a"/>
+    <w:link w:val="Char1"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:snapToGrid w:val="0"/>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
     </w:pPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="바닥글 Char"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char1">
+    <w:name w:val="인용 Char"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
-    <w:uiPriority w:val="99"/>
-[...164 lines deleted...]
-    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0023102B"/>
-[...39 lines deleted...]
-    <w:name w:val="header"/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="Char"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BE1861"/>
+    <w:next w:val="a"/>
+    <w:link w:val="Char2"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:snapToGrid w:val="0"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
     </w:pPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="머리글 Char"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char2">
+    <w:name w:val="강한 인용 Char"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00BE1861"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="바탕글"/>
+    <w:rsid w:val="000E763A"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:snapToGrid w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="2" w:space="0" w:color="000000"/>
+        <w:left w:val="none" w:sz="2" w:space="0" w:color="000000"/>
+        <w:bottom w:val="none" w:sz="2" w:space="0" w:color="000000"/>
+        <w:right w:val="none" w:sz="2" w:space="0" w:color="000000"/>
+      </w:pBdr>
+      <w:wordWrap w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="384" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="00BE1861"/>
+    <w:rPr>
+      <w:rFonts w:ascii="함초롬바탕" w:eastAsia="함초롬바탕"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="auto"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="머리말"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00C57F2F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="2" w:space="0" w:color="000000"/>
+        <w:left w:val="none" w:sz="2" w:space="0" w:color="000000"/>
+        <w:bottom w:val="none" w:sz="2" w:space="0" w:color="000000"/>
+        <w:right w:val="none" w:sz="2" w:space="0" w:color="000000"/>
+      </w:pBdr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="함초롬돋움" w:eastAsia="함초롬돋움"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="auto"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 테마">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="맑은 고딕" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック  "/>
-[...1 lines deleted...]
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="맑은 고딕" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック  "/>
-[...1 lines deleted...]
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>119</Words>
-  <Characters>681</Characters>
+  <Words>129</Words>
+  <Characters>709</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>799</CharactersWithSpaces>
+  <CharactersWithSpaces>830</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Windows 사용자</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>(직원) 이은녕 (생활지원팀)</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>