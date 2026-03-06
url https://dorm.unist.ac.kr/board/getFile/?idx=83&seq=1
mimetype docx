--- v0 (2025-10-27)
+++ v1 (2026-03-06)
@@ -1,6439 +1,3515 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="2825C5A5" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="000E763A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Appendix Form No. 1]  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C1C0695" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="000E763A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Confirmation of Violation of the Guidelines on Living in the Student Residence</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>&lt;Amended December 30, 2021; December 18, 2025.&gt;</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:tblpX="91" w:tblpY="1950"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="9027" w:type="dxa"/>
+        <w:tblInd w:w="28" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="3" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="3" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="3" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="3" w:space="0" w:color="000000"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="28" w:type="dxa"/>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:bottom w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1997"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2847"/>
+        <w:gridCol w:w="1973"/>
+        <w:gridCol w:w="2540"/>
+        <w:gridCol w:w="2257"/>
+        <w:gridCol w:w="2257"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD10A2" w:rsidTr="00CB73A4">
+      <w:tr w:rsidR="000E763A" w14:paraId="4D618EDD" w14:textId="77777777" w:rsidTr="007F60D2">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="626"/>
+          <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1997" w:type="dxa"/>
+            <w:tcW w:w="1974" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A357272" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>성명</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>(Name)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7463F8" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="휴먼명조" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F2BF1CA" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>호실</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>번호</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>(Room No.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E7C446" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E763A" w14:paraId="64031B64" w14:textId="77777777" w:rsidTr="007F60D2">
+        <w:trPr>
+          <w:trHeight w:val="437"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1974" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B2A188" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>전공</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>(Department)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D6D6D6"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="008D0FAE" w:rsidP="005A76FB">
+          <w:p w14:paraId="09EBB1CE" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="401" w:lineRule="exact"/>
-              <w:ind w:left="728" w:right="-239"/>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="휴먼명조" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="11"/>
-[...14 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2847" w:type="dxa"/>
+            <w:tcW w:w="2257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="008D0FAE" w:rsidP="005A76FB">
+          <w:p w14:paraId="3210E5AF" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:line="401" w:lineRule="exact"/>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>학번</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>(Student ID)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1997" w:type="dxa"/>
+            <w:tcW w:w="2257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4826BE" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="휴먼명조" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E763A" w14:paraId="2AB6EAC7" w14:textId="77777777" w:rsidTr="007F60D2">
+        <w:trPr>
+          <w:trHeight w:val="4039"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1974" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="9" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D6D6D6"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="008D0FAE" w:rsidP="005A76FB">
+          <w:p w14:paraId="663EB965" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="401" w:lineRule="exact"/>
-              <w:ind w:left="586" w:right="-239"/>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:noProof/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>확인</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:noProof/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:noProof/>
-[...5 lines deleted...]
-              <w:t>No.</w:t>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>사항</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F5B5161" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>(Confirm content)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2847" w:type="dxa"/>
+            <w:tcW w:w="7053" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="9" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="008D0FAE" w:rsidP="005A76FB">
+          <w:p w14:paraId="3D4DA91D" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:line="401" w:lineRule="exact"/>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>상기</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>본인은</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>년</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>월</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>일</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>지침위반으로</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>인한</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>벌점</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>점을</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>부과받게</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>되었음을</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>확인하며</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>다음의</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>사항을</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>이행할</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>것임을</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>약속합니다</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="675DA42F" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  I, written above, confirm that I have received the imposition of ___ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>enalty</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>points due to the violations of the regulations ________________ on 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  .</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  .</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the date of the violation). </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>And,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I promise that I shall fulfill the following matters.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E70996F" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="휴먼명조" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10BB028E" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  1. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>생활관</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>운영요령</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>및</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>생활관</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>생활지침을</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>준수하여</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>원규를</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>위반하는</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>일이</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>없도록</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>최선을</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>다하겠습니다</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="715DC325" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I will do my utmost so that I do not violate the regulations by abiding by the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Instructions on the Operation of the Student Residence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Guidelines on Living in the Student Residence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3514602C" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  2. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>관계</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>직원의</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>사후조치와</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>생활관</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>운영위원회의</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>결정을</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>겸허히</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>받아들이겠습니다</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69BA4A07" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I will accept the follow-up measures of the related staff members and the decisions of the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Student Residence Steering Committee</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E763A" w14:paraId="74A617A1" w14:textId="77777777" w:rsidTr="007F60D2">
+        <w:trPr>
+          <w:trHeight w:val="176"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9027" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="11" w:space="0" w:color="000000"/>
+              <w:left w:val="none" w:sz="3" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="11" w:space="0" w:color="000000"/>
+              <w:right w:val="none" w:sz="3" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46598DEA" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="휴먼명조" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD10A2" w:rsidTr="00CB73A4">
+      <w:tr w:rsidR="000E763A" w14:paraId="59CF7B26" w14:textId="77777777" w:rsidTr="007F60D2">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="641"/>
+          <w:trHeight w:val="321"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1997" w:type="dxa"/>
+            <w:tcW w:w="9027" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="11" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="11" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D6D6D6"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="008D0FAE" w:rsidP="005A76FB">
+          <w:p w14:paraId="22E58296" w14:textId="77777777" w:rsidR="000E763A" w:rsidRPr="00FC4CD9" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="416" w:lineRule="exact"/>
-              <w:ind w:left="444" w:right="-239"/>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:wordWrap/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:noProof/>
-[...52 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>유의</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:noProof/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:noProof/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>사항</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:noProof/>
-[...27 lines deleted...]
-            </w:pPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Notice)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD10A2" w:rsidTr="00CB73A4">
+      <w:tr w:rsidR="000E763A" w:rsidRPr="00FC4CD9" w14:paraId="3E2C375A" w14:textId="77777777" w:rsidTr="007F60D2">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="6001"/>
+          <w:trHeight w:val="2190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1997" w:type="dxa"/>
+            <w:tcW w:w="9027" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="11" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="9" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D6D6D6"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="008D0FAE" w:rsidP="005A76FB">
+          <w:p w14:paraId="07B445A9" w14:textId="77777777" w:rsidR="000E763A" w:rsidRPr="00FC4CD9" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="2640" w:lineRule="exact"/>
-              <w:ind w:left="672" w:right="-239"/>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>생활관</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>반입</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>금지</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>물품은</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>즉시</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>폐기</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>또는</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>일</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>이내</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>본가로의</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>발송을</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>원칙으로</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>하며</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>이에</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>대한</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>증거</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>택배</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>운송장</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>또는</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>폐기</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>사진</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>를</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>담당</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>부서에</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>제출하여야</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>반출한</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>것으로</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>인정합니다</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>단</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>기간</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>경과</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>시</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>담당</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>부서에서</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>임의</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>폐기할</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>수</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>있습니다</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="005A76FB" w:rsidRDefault="008D0FAE" w:rsidP="005A76FB">
+          <w:p w14:paraId="29E12A9B" w14:textId="77777777" w:rsidR="000E763A" w:rsidRPr="00FC4CD9" w:rsidRDefault="000E763A" w:rsidP="007F60D2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="421" w:lineRule="exact"/>
-              <w:ind w:left="672" w:right="-239"/>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1912 lines deleted...]
-              <w:t>Committee.</w:t>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Prohibited items in the Student Residence</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">must be immediately discarded by the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>resident</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or sent to the resident’s home within </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>ten (10)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> days. Proof of disposal or shipment (e.g., a photo of the delivery waybill or disposal) must be submitted to the department in charge </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FC4CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> verification. Failure to provide such evidence within the specified period may result in the items being disposed of by the department at its discretion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005A76FB" w:rsidRDefault="008D0FAE" w:rsidP="005A76FB">
+    <w:p w14:paraId="415456A1" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="000E763A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="exact"/>
-[...743 lines deleted...]
-      <w:r>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>*NOTE</w:t>
-[...11 lines deleted...]
-      <w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B8C3DA5" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="000E763A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="2" w:space="9" w:color="000000"/>
+        </w:pBdr>
+        <w:wordWrap/>
+        <w:spacing w:after="200"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...325 lines deleted...]
-        <w:ind w:left="60"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:spacing w:val="-3"/>
+          <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...1762 lines deleted...]
-          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">  .</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">  .</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">  .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A76FB" w:rsidRDefault="008D0FAE" w:rsidP="005A76FB">
+    <w:p w14:paraId="2E25D702" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="000E763A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
-[...17 lines deleted...]
-      <w:r>
+        <w:pStyle w:val="aa"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="2" w:space="9" w:color="000000"/>
+        </w:pBdr>
+        <w:wordWrap/>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Written</w:t>
-[...54 lines deleted...]
-        <w:ind w:left="60" w:firstLine="3879"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Confirmed</w:t>
-[...10 lines deleted...]
-        <w:t> </w:t>
+        <w:t>성명</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>by</w:t>
+        <w:t>(Name)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB62910" w14:textId="77777777" w:rsidR="000E763A" w:rsidRDefault="000E763A" w:rsidP="000E763A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="2" w:space="9" w:color="000000"/>
+        </w:pBdr>
+        <w:wordWrap/>
+        <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>(the</w:t>
-[...10 lines deleted...]
-        <w:t> </w:t>
+        <w:t>생활관</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Student</w:t>
-[...10 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Residence</w:t>
-[...10 lines deleted...]
-        <w:t> </w:t>
+        <w:t>관리자</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Team)</w:t>
+        <w:t xml:space="preserve">(Student Residence </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>Staff</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>(signature)</w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     (signature)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="005A76FB" w:rsidSect="009803AF">
-[...6 lines deleted...]
-      <w:docGrid w:type="lines" w:linePitch="312"/>
+    <w:p w14:paraId="42550D7E" w14:textId="5DA5F478" w:rsidR="00FE587B" w:rsidRDefault="000E763A" w:rsidP="000E763A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>To the Director of Student Residence</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00FE587B">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1701" w:right="1440" w:bottom="1440" w:left="1440" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="425"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...8 lines deleted...]
-    <w:panose1 w:val="02030600000101010101"/>
+  <w:font w:name="함초롬바탕">
+    <w:panose1 w:val="020B0804000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+    <w:sig w:usb0="F7002EFF" w:usb1="19DFFFFF" w:usb2="001BFDD7" w:usb3="00000000" w:csb0="001F01FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="휴먼명조">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02010504000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="800002A7" w:usb1="19D77CFB" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="420"/>
-  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:defaultTabStop w:val="800"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
-  <w:characterSpacingControl w:val="compressPunctuation"/>
-[...10 lines deleted...]
-  </w:endnotePr>
+  <w:noPunctuationKerning/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00325E2F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009803AF"/>
+    <w:rsidRoot w:val="000E763A"/>
+    <w:rsid w:val="000E763A"/>
+    <w:rsid w:val="0021636F"/>
+    <w:rsid w:val="00424510"/>
+    <w:rsid w:val="00FE587B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="69D21733"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{C7F06971-AEE3-42D1-A93F-B50E9D3C6A49}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="21"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ko-KR" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0023102B"/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:wordWrap w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="100" w:left="100"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="200" w:left="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="300" w:left="300"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="400" w:left="400"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="500" w:left="500"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1Char">
+    <w:name w:val="제목 1 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2Char">
+    <w:name w:val="제목 2 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:rsid w:val="000E763A"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="3Char">
+    <w:name w:val="제목 3 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="4Char">
+    <w:name w:val="제목 4 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="5Char">
+    <w:name w:val="제목 5 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="6Char">
+    <w:name w:val="제목 6 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="7Char">
+    <w:name w:val="제목 7 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="8Char">
+    <w:name w:val="제목 8 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="9Char">
+    <w:name w:val="제목 9 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="Char"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
+    <w:name w:val="제목 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="header"/>
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="Char"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009803AF"/>
+    <w:next w:val="a"/>
+    <w:link w:val="Char0"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:snapToGrid w:val="0"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
-    <w:name w:val="머리글 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
+    <w:name w:val="부제 Char"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009803AF"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="footer"/>
+    <w:name w:val="Quote"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="Char0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009803AF"/>
+    <w:next w:val="a"/>
+    <w:link w:val="Char1"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:snapToGrid w:val="0"/>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
     </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
-    <w:name w:val="바닥글 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char1">
+    <w:name w:val="인용 Char"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
-    <w:uiPriority w:val="99"/>
-[...199 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="000E763A"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="Char"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009803AF"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:snapToGrid w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
-    <w:name w:val="머리글 Char"/>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009803AF"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="Char0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009803AF"/>
+    <w:next w:val="a"/>
+    <w:link w:val="Char2"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:snapToGrid w:val="0"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
     </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
-    <w:name w:val="바닥글 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char2">
+    <w:name w:val="강한 인용 Char"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009803AF"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E763A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="바탕글"/>
+    <w:rsid w:val="000E763A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="2" w:space="0" w:color="000000"/>
+        <w:left w:val="none" w:sz="2" w:space="0" w:color="000000"/>
+        <w:bottom w:val="none" w:sz="2" w:space="0" w:color="000000"/>
+        <w:right w:val="none" w:sz="2" w:space="0" w:color="000000"/>
+      </w:pBdr>
+      <w:wordWrap w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="384" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="함초롬바탕" w:eastAsia="함초롬바탕"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="auto"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 테마">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="맑은 고딕" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック  "/>
-[...1 lines deleted...]
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="맑은 고딕" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック  "/>
-[...1 lines deleted...]
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>196</Words>
-  <Characters>1120</Characters>
+  <Words>276</Words>
+  <Characters>1509</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1314</CharactersWithSpaces>
+  <CharactersWithSpaces>1767</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Windows 사용자</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>(직원) 이은녕 (생활지원팀)</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>